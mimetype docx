--- v0 (2025-10-14)
+++ v1 (2025-11-30)
@@ -672,220 +672,295 @@
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Alderande, Molenbergplein 2</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5219B604" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
-        <w:t>Bistro Den Bascuul, A. De Vosstraat 9</w:t>
+        <w:t xml:space="preserve">Bistro Den </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Bascuul</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>, A. De Vosstraat 9</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F68A0CD" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00010152">
-[...4 lines deleted...]
-        <w:t>Biznis Hotel, Zelebaan 100</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Biznis</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Hotel, Zelebaan 100</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2BEDC126" w14:textId="184CEB5B" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>De Molen,</w:t>
       </w:r>
       <w:r w:rsidR="00C71748">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Praat- en eetcafé,</w:t>
       </w:r>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Heirbrugstraat 160</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B179F20" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00010152">
-[...4 lines deleted...]
-        <w:t>BoS Eetcafé, Snepstraat 30</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>BoS</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Eetcafé, Snepstraat 30</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3440840A" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Cultuurcafé, Kerkplein 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A163F50" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
-[...28 lines deleted...]
-        <w:t>La Barakka, Kerkplein 1</w:t>
+    <w:p w14:paraId="2A163F50" w14:textId="1A4D6CE1" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00FC7CBD" w:rsidP="00010152">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Studio</w:t>
+      </w:r>
+      <w:r w:rsidR="00010152" w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nanda, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00010152" w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Drongenstraat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00010152" w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 50 </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2C8710A4" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54963CBE" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Deelnemende bedrijven</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A524B5" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
+    <w:p w14:paraId="0748A405" w14:textId="1954A39A" w:rsidR="00FC7CBD" w:rsidRDefault="00FC7CBD" w:rsidP="00010152">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>ChocDecor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="22A524B5" w14:textId="2823FA5E" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>e5 mode</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347E0BDF" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
-        <w:t>Garage De Smedt Motors (Citroën/Peugeot)</w:t>
+        <w:t xml:space="preserve">Garage De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Smedt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Motors (Citroën/Peugeot)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="629A34DD" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>IDM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50EAEDBB" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
@@ -980,83 +1055,99 @@
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Dranken Van Eetvelde, Bokslaarstraat 88</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0B0CA869" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
-        <w:t>Huis Feys, Schoolstraat 16</w:t>
-[...15 lines deleted...]
-        <w:t>’t Eikenhof, Geitenboerderij, Eekstraat 218</w:t>
+        <w:t xml:space="preserve">Huis </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Feys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>, Schoolstraat 16</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07CE78C0" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
-        <w:t>‘t Uilenbos, Bio-Boerderij en Hoevewinkel, Eksaardsedam 40</w:t>
+        <w:t xml:space="preserve">‘t Uilenbos, Bio-Boerderij en Hoevewinkel, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Eksaardsedam</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00010152">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 40</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="16FB186C" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="39E4A354" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Warenhuizen: Albert Heijn, Aldi, Carrefour, Colruyt, Delhaize, Lidl</w:t>
@@ -1099,173 +1190,203 @@
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>De Karwij</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B40E5BD" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Kleuterschool Duizendvoet</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43BA55C8" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
+    <w:p w14:paraId="43BA55C8" w14:textId="2756B72D" w:rsidR="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Stedelijke Basisschool Spoele </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E79B67E" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
+    <w:p w14:paraId="44BDFF1B" w14:textId="1DC3B793" w:rsidR="00FC7CBD" w:rsidRDefault="00FC7CBD" w:rsidP="00010152">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Stedelijke Basisschool Staakte</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7866393F" w14:textId="6130CC8C" w:rsidR="00FC7CBD" w:rsidRPr="00010152" w:rsidRDefault="00FC7CBD" w:rsidP="00010152">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stedelijke Basisschool </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Eksaarde</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5E79B67E" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00FC7CBD" w:rsidRDefault="00010152" w:rsidP="00010152">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FC7CBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+        <w:t>Atheneum Lokeren</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E5ADBA2" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Atheneum Lokeren</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7E5ADBA2" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
+        <w:t>VLOT! Campus Creo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA8CA36" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>VLOT! Campus Creo</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="7EA8CA36" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
+        <w:t>VLOT! Campus Sint-Lodewijk</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C627D45" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>VLOT! Campus Sint-Lodewijk</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>VLOT! Campus Sint-Teresia</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="596C7916" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">CVO Lokeren </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="69587FEB" w14:textId="04D31986" w:rsidR="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
-[...17 lines deleted...]
-    <w:p w14:paraId="69AEE0DE" w14:textId="77777777" w:rsidR="00DF6458" w:rsidRPr="00010152" w:rsidRDefault="00DF6458" w:rsidP="00010152">
+    <w:p w14:paraId="69AEE0DE" w14:textId="65DAA00A" w:rsidR="00DF6458" w:rsidRDefault="00DF6458" w:rsidP="00010152">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
+          <w:noProof w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F3A85B0" w14:textId="77777777" w:rsidR="004C536B" w:rsidRPr="00010152" w:rsidRDefault="004C536B" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="03304453" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:b/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Deelnemende organisaties</w:t>
@@ -1369,73 +1490,59 @@
     </w:p>
     <w:p w14:paraId="41AE77F4" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Horizon vzw</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D3CA81A" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Masereelfonds</w:t>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:p w14:paraId="4203C39F" w14:textId="6291E1B5" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00010152">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t>Mondiale Raad</w:t>
       </w:r>
       <w:r w:rsidR="005D64A8">
         <w:rPr>
           <w:rFonts w:ascii="Noto Sans" w:hAnsi="Noto Sans" w:cs="Noto Sans"/>
           <w:noProof w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Lokeren</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2574861A" w14:textId="77777777" w:rsidR="00010152" w:rsidRPr="00010152" w:rsidRDefault="00010152" w:rsidP="00010152">
@@ -1658,79 +1765,79 @@
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Noto Sans">
+    <w:panose1 w:val="020B0502040504020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00082FF" w:usb1="400078FF" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
-    <w:altName w:val="Arial"/>
+    <w:altName w:val="PT Sans"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Noto Sans">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="639D4D5C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0346DB22"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -1815,71 +1922,74 @@
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="727070081">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00010152"/>
     <w:rsid w:val="00010152"/>
     <w:rsid w:val="002616F2"/>
     <w:rsid w:val="00457B55"/>
+    <w:rsid w:val="004C536B"/>
     <w:rsid w:val="005D64A8"/>
     <w:rsid w:val="007764E1"/>
     <w:rsid w:val="007B7A6A"/>
     <w:rsid w:val="00C71748"/>
     <w:rsid w:val="00DF6458"/>
+    <w:rsid w:val="00FC7CBD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="26E37D52"/>
@@ -2670,69 +2780,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>540</Words>
-  <Characters>2972</Characters>
+  <Words>538</Words>
+  <Characters>2964</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>24</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Stad Lokeren</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3505</CharactersWithSpaces>
+  <CharactersWithSpaces>3496</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Baert Jolien</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>