--- v0 (2025-11-30)
+++ v1 (2026-02-04)
@@ -108,51 +108,51 @@
         <w:t xml:space="preserve"> Algemene Vergadering v/d Mondiale Raad – </w:t>
       </w:r>
       <w:r w:rsidR="00E924FB">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">10 november </w:t>
       </w:r>
       <w:r w:rsidR="00383497">
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="19877577" w14:textId="77D3A0E7" w:rsidR="00032F9C" w:rsidRDefault="00032F9C">
       <w:pPr>
         <w:rPr>
           <w:bCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0CD0BF9F" w14:textId="37887FDD" w:rsidR="00BD760A" w:rsidRPr="00DD32B7" w:rsidRDefault="00BD760A" w:rsidP="00130233">
+    <w:p w14:paraId="0CD0BF9F" w14:textId="4D829393" w:rsidR="00BD760A" w:rsidRPr="00DD32B7" w:rsidRDefault="00BD760A" w:rsidP="00130233">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD32B7">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Aanwezig: </w:t>
       </w:r>
       <w:r w:rsidRPr="00DD32B7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -268,51 +268,69 @@
       <w:r w:rsidR="00B5712F" w:rsidRPr="00DD32B7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> Life vzw), Cools Jan, De Boes Hilde, Duym Rita, Fierens Ellen (gast), Galmart Martine, Jacobs Marleen, Lerno Paule, Robijn </w:t>
       </w:r>
       <w:r w:rsidR="00E8503A" w:rsidRPr="00DD32B7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve">Frank, </w:t>
       </w:r>
       <w:r w:rsidR="00B5712F" w:rsidRPr="00DD32B7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
-        <w:t xml:space="preserve">Smet Lieve, Van Acker Sylvie, Vanden Bossche Marilyn, </w:t>
+        <w:t>Smet Lieve, Van Acker Sylvie, Van</w:t>
+      </w:r>
+      <w:r w:rsidR="000935EF">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5712F" w:rsidRPr="00DD32B7">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="nl-BE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">den Bossche Marilyn, </w:t>
       </w:r>
       <w:r w:rsidR="00E8503A" w:rsidRPr="00DD32B7">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>Van Lancker Bob, Van Waes Els</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4399711E" w14:textId="506D5819" w:rsidR="00BD760A" w:rsidRPr="00DD32B7" w:rsidRDefault="00BD760A" w:rsidP="00130233">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD32B7">
         <w:rPr>
           <w:bCs/>
           <w:i/>
@@ -3402,51 +3420,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="205A8DCC" w14:textId="77777777" w:rsidR="00673AFF" w:rsidRDefault="00673AFF" w:rsidP="00673AFF">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00377252">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t>Kalender</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4CFE8866" w14:textId="77777777" w:rsidR="00673AFF" w:rsidRDefault="00DD32B7" w:rsidP="00673AFF">
+    <w:p w14:paraId="4CFE8866" w14:textId="77777777" w:rsidR="00673AFF" w:rsidRDefault="000935EF" w:rsidP="00673AFF">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId7" w:history="1">
         <w:r w:rsidR="00673AFF" w:rsidRPr="00377252">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="nl-BE"/>
           </w:rPr>
           <w:t>Evenementenkalender stad Lokeren</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00673AFF" w:rsidRPr="00377252">
         <w:rPr>
           <w:lang w:val="nl-BE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -8092,50 +8110,51 @@
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006278DB"/>
     <w:rsid w:val="00007F7A"/>
     <w:rsid w:val="00022A36"/>
     <w:rsid w:val="000275AB"/>
     <w:rsid w:val="00032F9C"/>
     <w:rsid w:val="000612F7"/>
     <w:rsid w:val="00063681"/>
     <w:rsid w:val="00064FE3"/>
     <w:rsid w:val="00081279"/>
+    <w:rsid w:val="000935EF"/>
     <w:rsid w:val="00094D4F"/>
     <w:rsid w:val="000A6355"/>
     <w:rsid w:val="000A717B"/>
     <w:rsid w:val="000B038B"/>
     <w:rsid w:val="000C387C"/>
     <w:rsid w:val="000E09CB"/>
     <w:rsid w:val="000E2FE4"/>
     <w:rsid w:val="000E3A17"/>
     <w:rsid w:val="00112332"/>
     <w:rsid w:val="00120B3E"/>
     <w:rsid w:val="00130233"/>
     <w:rsid w:val="00160D36"/>
     <w:rsid w:val="001B4383"/>
     <w:rsid w:val="001B6C45"/>
     <w:rsid w:val="001C4DF9"/>
     <w:rsid w:val="001D213E"/>
     <w:rsid w:val="00236EB0"/>
     <w:rsid w:val="00247626"/>
     <w:rsid w:val="002521FC"/>
     <w:rsid w:val="0025290F"/>
     <w:rsid w:val="00253C45"/>
     <w:rsid w:val="00260D3D"/>
     <w:rsid w:val="00281700"/>
     <w:rsid w:val="00285F61"/>
     <w:rsid w:val="00294490"/>
@@ -9579,64 +9598,64 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
   <Words>2691</Words>
-  <Characters>14802</Characters>
+  <Characters>14803</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>123</Lines>
   <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>17459</CharactersWithSpaces>
+  <CharactersWithSpaces>17460</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>marianne</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>